--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="22527"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Servidor\Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0893ADBE-606B-43B3-9996-11CF627804B9}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB040EC7-4C09-4E3D-90E3-2EE719037BD3}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20640" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="155">
   <si>
     <t>CRONOGRAMA DE PRESENTACION DE OBRAS SOCIALES</t>
   </si>
   <si>
     <t>2ª PRESENTACION</t>
   </si>
   <si>
     <t>3ª PRESENTACION</t>
@@ -99,53 +99,50 @@
   <si>
     <t>MEDIFARM</t>
   </si>
   <si>
     <t>OSUTHGRA</t>
   </si>
   <si>
     <t>SIND. SALUD</t>
   </si>
   <si>
     <t>LOCAL</t>
   </si>
   <si>
     <t>VAL OBLIGATORIA**</t>
   </si>
   <si>
     <t>GALENO**</t>
   </si>
   <si>
     <t>INTEGRO</t>
   </si>
   <si>
     <t>LA RECIPROCA**</t>
   </si>
   <si>
-    <t>LA SEGUNDA ART</t>
-[...1 lines deleted...]
-  <si>
     <t>OSDOP**</t>
   </si>
   <si>
     <t>OSPATCA</t>
   </si>
   <si>
     <t>OSPE**</t>
   </si>
   <si>
     <t>OSPEDYC**</t>
   </si>
   <si>
     <t>OSPIM</t>
   </si>
   <si>
     <t>OSPSA</t>
   </si>
   <si>
     <t>SANCOR SALUD**</t>
   </si>
   <si>
     <t>AMTMB</t>
   </si>
   <si>
     <t>AMTMTL</t>
@@ -177,53 +174,50 @@
   <si>
     <t>OSFATLYF**</t>
   </si>
   <si>
     <t>OSPEPBA**</t>
   </si>
   <si>
     <t>OSPESGYPE</t>
   </si>
   <si>
     <t>OSPRERA**</t>
   </si>
   <si>
     <t xml:space="preserve">SIND SALUD </t>
   </si>
   <si>
     <t>AMFFA**</t>
   </si>
   <si>
     <t>CEMURPO**</t>
   </si>
   <si>
     <t>PREV. SALUD **</t>
   </si>
   <si>
-    <t>OMINT ART</t>
-[...1 lines deleted...]
-  <si>
     <t>C.EMPL.COMERCIO</t>
   </si>
   <si>
     <t>SECASFPI</t>
   </si>
   <si>
     <t>REC.SOLIDARIO**</t>
   </si>
   <si>
     <t>DASUTEN **</t>
   </si>
   <si>
     <t>UDOCBA**</t>
   </si>
   <si>
     <t>MPN**</t>
   </si>
   <si>
     <t>FARMANET</t>
   </si>
   <si>
     <t>AMSTERDAM **</t>
   </si>
   <si>
     <t>CASA **</t>
@@ -277,53 +271,50 @@
     <t>OSPIA**</t>
   </si>
   <si>
     <t>COMEI**</t>
   </si>
   <si>
     <t>ASOC.JUDICIAL**</t>
   </si>
   <si>
     <t>EXPERTA ART**</t>
   </si>
   <si>
     <t>OSPIL ANTICONC Atilra</t>
   </si>
   <si>
     <t>UOM Fundacion fray luis beltran</t>
   </si>
   <si>
     <t>UNIV. DE LA PLATA**</t>
   </si>
   <si>
     <t>UEMP Pellegrini</t>
   </si>
   <si>
     <t>SWISS MED ART**</t>
-  </si>
-[...1 lines deleted...]
-    <t>BERKLEY ART.</t>
   </si>
   <si>
     <t>FED PATRONAL ART.</t>
   </si>
   <si>
     <t>FONDO C. TEL.**</t>
   </si>
   <si>
     <t>Sin. Valid.</t>
   </si>
   <si>
     <t>Val. Cia.</t>
   </si>
   <si>
     <t>Val. Osde</t>
   </si>
   <si>
     <t>OSIM</t>
   </si>
   <si>
     <t>SIN VALIDAR</t>
   </si>
   <si>
     <t>Val. Col. (First)</t>
   </si>
@@ -383,53 +374,50 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">UNION PERSONAL </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>**</t>
     </r>
   </si>
   <si>
     <t>IOMA MEPPES** REF</t>
   </si>
   <si>
     <t>IOMA REF.</t>
   </si>
   <si>
     <t>LA HOLANDO ART.</t>
   </si>
   <si>
-    <t>ANDINA ART</t>
-[...1 lines deleted...]
-  <si>
     <t>VICTORIA ART.</t>
   </si>
   <si>
     <t>DPAS**</t>
   </si>
   <si>
     <t>SUP. INT. SERV.SOCIALES**</t>
   </si>
   <si>
     <t>FIDECOMISO. SUPERAR**</t>
   </si>
   <si>
     <t>HEMOFILIA COFA**</t>
   </si>
   <si>
     <t>NUMUSE**</t>
   </si>
   <si>
     <t>IOMA ACCESORIOS REF.</t>
   </si>
   <si>
     <t>SUIZO</t>
   </si>
   <si>
     <t>SUETRA - IOMA**</t>
@@ -470,85 +458,97 @@
   <si>
     <t>IOMA MAGISTRALES**</t>
   </si>
   <si>
     <t>SERVICIO PENIT. FEDERAL**</t>
   </si>
   <si>
     <t>UPCN PCIA.**</t>
   </si>
   <si>
     <t>IOMA MEPPES** (antih, tobra, insul y medic)</t>
   </si>
   <si>
     <t>IOMA VACUNAS DENGUE</t>
   </si>
   <si>
     <t>RECONQUISTA ART.</t>
   </si>
   <si>
     <t>JUSTICIA NACIONAL</t>
   </si>
   <si>
     <t>IOMA (Mami, Mayor cob y Rec. Amparo)**</t>
   </si>
   <si>
-    <t>OSPRERA DIABETES</t>
-[...1 lines deleted...]
-  <si>
     <t>CIERRES IOMA ACCESORIOS</t>
   </si>
   <si>
     <t>Cierres Ioma Accesorios</t>
   </si>
   <si>
     <t>SAN FRANCISCO ART.</t>
   </si>
   <si>
     <t>OCTUBRE</t>
   </si>
   <si>
     <t>NOVIEMBRE</t>
   </si>
   <si>
     <t>DICIEMBRE</t>
   </si>
   <si>
     <t>30-31 Octubre</t>
   </si>
   <si>
     <t>28-29 Noviembre</t>
   </si>
   <si>
     <t>30-31 Diciembre</t>
+  </si>
+  <si>
+    <t>BERKLEY ART.**</t>
+  </si>
+  <si>
+    <t>ANDINA ART**</t>
+  </si>
+  <si>
+    <t>LA SEGUNDA ART**</t>
+  </si>
+  <si>
+    <t>OSPRERA DIABETES**</t>
+  </si>
+  <si>
+    <t>SERENA ART</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -594,64 +594,50 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
-[...12 lines deleted...]
-      <color rgb="FF36F32D"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF36F32D"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -723,99 +709,95 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="17" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF36F32D"/>
       <color rgb="FF34EC7A"/>
       <color rgb="FF2BF53E"/>
       <color rgb="FF00FFCC"/>
       <color rgb="FF66FFCC"/>
     </mruColors>
   </colors>
   <extLst>
@@ -1080,91 +1062,91 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N68"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="L15" sqref="L15"/>
+    <sheetView tabSelected="1" topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="E32" sqref="E32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="0.42578125" customWidth="1"/>
     <col min="2" max="2" width="21" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" customWidth="1"/>
     <col min="4" max="4" width="0.42578125" customWidth="1"/>
     <col min="5" max="5" width="19.140625" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="0.42578125" customWidth="1"/>
     <col min="8" max="8" width="18.7109375" customWidth="1"/>
     <col min="9" max="9" width="13.42578125" customWidth="1"/>
     <col min="10" max="10" width="0.42578125" customWidth="1"/>
     <col min="11" max="11" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="13.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="1"/>
       <c r="N1" s="11"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B3" s="12" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C3" s="4"/>
       <c r="E3" s="5" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="F3" s="5"/>
       <c r="H3" s="5" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="I3" s="5"/>
       <c r="K3" s="3"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="5">
         <v>1</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="5">
         <v>3</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="5">
@@ -1241,1059 +1223,1059 @@
     </row>
     <row r="8" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:14" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
       <c r="B9" s="21" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="20"/>
       <c r="E9" s="22" t="s">
         <v>1</v>
       </c>
       <c r="F9" s="23"/>
       <c r="G9" s="24"/>
       <c r="H9" s="22" t="s">
         <v>2</v>
       </c>
       <c r="I9" s="23"/>
       <c r="J9" s="24"/>
       <c r="K9" s="22" t="s">
         <v>3</v>
       </c>
       <c r="L9" s="23"/>
     </row>
     <row r="10" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="27" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C10" s="15" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E10" s="32" t="s">
         <v>12</v>
       </c>
       <c r="F10" s="15" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="I10" s="15" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="K10" s="32" t="s">
         <v>12</v>
       </c>
       <c r="L10" s="15" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="13" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="K11" s="34" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="L11" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="18" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F12" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H12" s="6" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="I12" s="7" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="K12" s="34" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L12" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E13" s="14" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="I13" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="K13" s="34" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="L13" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="I14" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="K14" s="34" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="L14" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="15" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="13" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H15" s="34" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>86</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>151</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F16" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H16" s="34" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="7" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>91</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>150</v>
       </c>
       <c r="L16" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="13" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>90</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>136</v>
       </c>
       <c r="I17" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="K17" s="34" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="L17" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="18" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="13" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>90</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>110</v>
       </c>
       <c r="I18" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="K18" s="6" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="L18" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="13" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>90</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>111</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="13" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C20" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="E20" s="33" t="s">
+        <v>56</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="I20" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="E20" s="33" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K20" s="34" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="L20" s="7" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="21" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="13" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C21" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="I21" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="E21" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K21" s="34" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="L21" s="7" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="22" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B22" s="13" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H22" s="34" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="I22" s="7" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="K22" s="34" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L22" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="23" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B23" s="31" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>91</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>98</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H23" s="34" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="K23" s="34" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="24" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B24" s="31" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>94</v>
-[...8 lines deleted...]
-        <v>115</v>
+        <v>91</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>112</v>
       </c>
       <c r="I24" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="K24" s="6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="L24" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B25" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>93</v>
+        <v>90</v>
+      </c>
+      <c r="E25" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>90</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>25</v>
+        <v>152</v>
       </c>
       <c r="I25" s="7" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="K25" s="6" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="L25" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B26" s="6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H26" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="K26" s="34" t="s">
+        <v>56</v>
+      </c>
+      <c r="L26" s="7" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="27" spans="2:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="9" t="s">
+        <v>130</v>
+      </c>
+      <c r="C27" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="E27" s="13" t="s">
+        <v>96</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="H27" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="I26" s="7" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="I27" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="2:12" x14ac:dyDescent="0.25">
       <c r="E28" s="13" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H28" s="10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I28" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="K28" s="6" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="L28" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="2:12" x14ac:dyDescent="0.25">
       <c r="E29" s="34" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="H29" s="34" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I29" s="7" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="K29" s="6" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="L29" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="2:12" x14ac:dyDescent="0.25">
       <c r="E30" s="10" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F30" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H30" s="34" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I30" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="K30" s="13" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="L30" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="2:12" x14ac:dyDescent="0.25">
       <c r="E31" s="6" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H31" s="34" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="K31" s="34" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="32" spans="2:12" x14ac:dyDescent="0.25">
       <c r="E32" s="10" t="s">
-        <v>51</v>
+        <v>154</v>
       </c>
       <c r="F32" s="7" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>85</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>127</v>
       </c>
       <c r="I32" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="K32" s="34" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L32" s="7" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
     </row>
     <row r="33" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E33" s="6" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="I33" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="K33" s="34" t="s">
         <v>17</v>
       </c>
       <c r="L33" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="34" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E34" s="10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>90</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>128</v>
       </c>
       <c r="I34" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="K34" s="34" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="L34" s="7" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
     </row>
     <row r="35" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E35" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>90</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>109</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="K35" s="10" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="L35" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E36" s="34" t="s">
         <v>18</v>
       </c>
       <c r="F36" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="H36" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="I36" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="K36" s="34" t="s">
         <v>88</v>
       </c>
-      <c r="H36" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L36" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="37" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E37" s="6" t="s">
         <v>16</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="I37" s="7" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="K37" s="35" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="L37" s="7" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="38" spans="5:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="38" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E38" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>89</v>
+        <v>90</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>90</v>
       </c>
       <c r="K38" s="6" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="L38" s="7" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="39" spans="5:12" x14ac:dyDescent="0.25">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="39" spans="5:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="E39" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="I39" s="26"/>
+        <v>90</v>
+      </c>
+      <c r="H39" s="36" t="s">
+        <v>60</v>
+      </c>
+      <c r="I39" s="19" t="s">
+        <v>86</v>
+      </c>
       <c r="K39" s="34" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="40" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E40" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="H40" s="26"/>
+        <v>85</v>
+      </c>
+      <c r="H40" s="25"/>
       <c r="I40" s="26"/>
       <c r="K40" s="34" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L40" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E41" s="34" t="s">
         <v>19</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="H41" s="26"/>
       <c r="I41" s="26"/>
       <c r="K41" s="34" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="L41" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E42" s="14" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="K42" s="38" t="s">
+        <v>90</v>
+      </c>
+      <c r="H42" s="26"/>
+      <c r="I42" s="26"/>
+      <c r="K42" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="L42" s="7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="43" spans="5:12" x14ac:dyDescent="0.25">
+      <c r="E43" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="L43" s="7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="44" spans="5:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E44" s="9" t="s">
         <v>126</v>
       </c>
-      <c r="L42" s="7" t="s">
-[...22 lines deleted...]
-        <v>93</v>
+      <c r="F44" s="19" t="s">
+        <v>90</v>
       </c>
       <c r="K44" s="34" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="L44" s="7" t="s">
-        <v>94</v>
-[...8 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+    </row>
+    <row r="45" spans="5:12" x14ac:dyDescent="0.25">
       <c r="K45" s="34" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="46" spans="5:12" x14ac:dyDescent="0.25">
-      <c r="K46" s="38" t="s">
-        <v>127</v>
+      <c r="K46" s="6" t="s">
+        <v>123</v>
       </c>
       <c r="L46" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="5:12" x14ac:dyDescent="0.25">
-      <c r="K47" s="38" t="s">
-        <v>128</v>
+      <c r="K47" s="6" t="s">
+        <v>124</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="5:12" x14ac:dyDescent="0.25">
       <c r="K48" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="L48" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="2:12" x14ac:dyDescent="0.25">
-      <c r="B49" s="41" t="s">
-        <v>129</v>
+      <c r="B49" s="37" t="s">
+        <v>125</v>
       </c>
       <c r="K49" s="34" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L49" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="50" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B50" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="K50" s="38" t="s">
-        <v>138</v>
+      <c r="K50" s="6" t="s">
+        <v>134</v>
       </c>
       <c r="L50" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B51" s="16" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="K51" s="34" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="52" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B52" s="16" t="s">
         <v>21</v>
       </c>
       <c r="K52" s="6" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="L52" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B53" s="17"/>
       <c r="K53" s="6" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="L53" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B54" s="30" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C54" s="30"/>
       <c r="K54" s="6" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="L54" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="55" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C55" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D55" s="30"/>
       <c r="K55" s="14" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B56" s="29">
         <v>45931</v>
       </c>
       <c r="C56" s="28">
         <v>45932</v>
       </c>
       <c r="K56" s="34" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="L56" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="57" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B57" s="29">
         <v>45946</v>
       </c>
       <c r="C57" s="28">
         <v>45947</v>
       </c>
       <c r="K57" s="35" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L57" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="58" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B58" s="29">
         <v>45964</v>
       </c>
       <c r="C58" s="28">
         <v>45965</v>
       </c>
-      <c r="K58" s="38" t="s">
-        <v>139</v>
+      <c r="K58" s="6" t="s">
+        <v>135</v>
       </c>
       <c r="L58" s="7" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="59" spans="2:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B59" s="29">
         <v>45978</v>
       </c>
       <c r="C59" s="28">
         <v>45979</v>
       </c>
-      <c r="K59" s="40" t="s">
-        <v>117</v>
+      <c r="K59" s="9" t="s">
+        <v>113</v>
       </c>
       <c r="L59" s="19" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="60" spans="2:12" x14ac:dyDescent="0.25">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="60" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B60" s="29">
         <v>45992</v>
       </c>
       <c r="C60" s="28">
         <v>45993</v>
       </c>
+      <c r="E60" s="30"/>
     </row>
     <row r="61" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B61" s="29">
         <v>46007</v>
       </c>
       <c r="C61" s="28">
         <v>46008</v>
       </c>
-      <c r="E61" s="30"/>
-[...1 lines deleted...]
-    <row r="62" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E61" s="39"/>
+    </row>
+    <row r="62" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B62" s="29">
         <v>46024</v>
       </c>
       <c r="C62" s="28">
         <v>46027</v>
       </c>
-      <c r="E62" s="43"/>
     </row>
     <row r="64" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B64" s="44" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="44"/>
+      <c r="B64" s="40" t="s">
+        <v>141</v>
+      </c>
+      <c r="C64" s="40"/>
     </row>
     <row r="65" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C65" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="C66" s="42">
+        <v>147</v>
+      </c>
+      <c r="C66" s="38">
         <v>45962</v>
       </c>
     </row>
     <row r="67" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C67" s="28">
         <v>45992</v>
       </c>
     </row>
     <row r="68" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C68" s="28">
         <v>46024</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B64:C64"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>