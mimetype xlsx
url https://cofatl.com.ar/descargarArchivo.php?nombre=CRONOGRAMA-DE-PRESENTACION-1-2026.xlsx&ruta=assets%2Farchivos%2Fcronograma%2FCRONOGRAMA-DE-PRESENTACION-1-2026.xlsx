--- v0 (2025-12-27)
+++ v1 (2026-02-16)
@@ -5,68 +5,68 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="22527"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Servidor\Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{90106EA2-2901-4B75-9CFC-E15061CC9F04}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E89F7D77-5DF4-4C6C-86CF-C0B58AD3B5C5}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20640" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="156">
   <si>
     <t>CRONOGRAMA DE PRESENTACION DE OBRAS SOCIALES</t>
   </si>
   <si>
     <t>2ª PRESENTACION</t>
   </si>
   <si>
     <t>3ª PRESENTACION</t>
   </si>
   <si>
     <t>4ªPRESENTACION</t>
   </si>
   <si>
     <t>1ªPRESENTACION</t>
   </si>
   <si>
     <t>1ª</t>
   </si>
   <si>
     <t>2ª</t>
   </si>
   <si>
     <t>3ª</t>
   </si>
   <si>
@@ -487,50 +487,53 @@
     <t>OSPRERA DIABETES**</t>
   </si>
   <si>
     <t>SERENA ART</t>
   </si>
   <si>
     <t>UNION PERSONAL **</t>
   </si>
   <si>
     <t>ENERO</t>
   </si>
   <si>
     <t>FEBRERO</t>
   </si>
   <si>
     <t>MARZO</t>
   </si>
   <si>
     <t>29-30 Enero 2026</t>
   </si>
   <si>
     <t>26-27  Febrero 2026</t>
   </si>
   <si>
     <t>30-31 Marzo 2026</t>
+  </si>
+  <si>
+    <t>OSPSIP**</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
@@ -1059,52 +1062,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N68"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A50" workbookViewId="0">
-      <selection activeCell="B56" sqref="B56"/>
+    <sheetView tabSelected="1" topLeftCell="A41" workbookViewId="0">
+      <selection activeCell="H49" sqref="H49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="0.42578125" customWidth="1"/>
     <col min="2" max="2" width="21" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" customWidth="1"/>
     <col min="4" max="4" width="0.42578125" customWidth="1"/>
     <col min="5" max="5" width="19.140625" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="0.42578125" customWidth="1"/>
     <col min="8" max="8" width="18.7109375" customWidth="1"/>
     <col min="9" max="9" width="13.42578125" customWidth="1"/>
     <col min="10" max="10" width="0.42578125" customWidth="1"/>
     <col min="11" max="11" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="13.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1787,266 +1790,272 @@
       <c r="L31" s="7" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="32" spans="2:12" x14ac:dyDescent="0.25">
       <c r="E32" s="10" t="s">
         <v>147</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>85</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>126</v>
       </c>
       <c r="I32" s="7" t="s">
         <v>90</v>
       </c>
       <c r="K32" s="34" t="s">
         <v>40</v>
       </c>
       <c r="L32" s="7" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="33" spans="5:12" x14ac:dyDescent="0.25">
-      <c r="E33" s="6" t="s">
-        <v>43</v>
+      <c r="E33" s="35" t="s">
+        <v>73</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>97</v>
       </c>
       <c r="I33" s="7" t="s">
         <v>90</v>
       </c>
       <c r="K33" s="34" t="s">
         <v>17</v>
       </c>
       <c r="L33" s="7" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="34" spans="5:12" x14ac:dyDescent="0.25">
-      <c r="E34" s="10" t="s">
-        <v>74</v>
+      <c r="E34" s="6" t="s">
+        <v>43</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>90</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>127</v>
       </c>
       <c r="I34" s="7" t="s">
         <v>90</v>
       </c>
       <c r="K34" s="34" t="s">
         <v>41</v>
       </c>
       <c r="L34" s="7" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="35" spans="5:12" x14ac:dyDescent="0.25">
-      <c r="E35" s="6" t="s">
-        <v>45</v>
+      <c r="E35" s="10" t="s">
+        <v>74</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="H35" s="40" t="s">
-        <v>148</v>
+      <c r="H35" s="34" t="s">
+        <v>66</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K35" s="10" t="s">
         <v>55</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="36" spans="5:12" x14ac:dyDescent="0.25">
-      <c r="E36" s="34" t="s">
-        <v>18</v>
+      <c r="E36" s="6" t="s">
+        <v>45</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>90</v>
+      </c>
+      <c r="H36" s="40" t="s">
+        <v>148</v>
       </c>
       <c r="I36" s="7" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="K36" s="34" t="s">
         <v>88</v>
       </c>
       <c r="L36" s="7" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="37" spans="5:12" x14ac:dyDescent="0.25">
-      <c r="E37" s="6" t="s">
-        <v>16</v>
+      <c r="E37" s="34" t="s">
+        <v>18</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I37" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="K37" s="35" t="s">
-        <v>73</v>
+      <c r="K37" s="6" t="s">
+        <v>42</v>
       </c>
       <c r="L37" s="7" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E38" s="6" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>90</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>130</v>
       </c>
       <c r="I38" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="K38" s="6" t="s">
-        <v>42</v>
+      <c r="K38" s="34" t="s">
+        <v>107</v>
       </c>
       <c r="L38" s="7" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
     </row>
     <row r="39" spans="5:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="E39" s="6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>90</v>
       </c>
       <c r="H39" s="36" t="s">
         <v>60</v>
       </c>
       <c r="I39" s="19" t="s">
         <v>86</v>
       </c>
       <c r="K39" s="34" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
     </row>
     <row r="40" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E40" s="6" t="s">
-        <v>137</v>
+        <v>52</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="H40" s="25"/>
       <c r="I40" s="26"/>
       <c r="K40" s="34" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="L40" s="7" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="41" spans="5:12" x14ac:dyDescent="0.25">
-      <c r="E41" s="34" t="s">
-        <v>19</v>
+      <c r="E41" s="6" t="s">
+        <v>137</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>85</v>
       </c>
       <c r="H41" s="26"/>
       <c r="I41" s="26"/>
-      <c r="K41" s="34" t="s">
-        <v>78</v>
+      <c r="K41" s="6" t="s">
+        <v>121</v>
       </c>
       <c r="L41" s="7" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="42" spans="5:12" x14ac:dyDescent="0.25">
-      <c r="E42" s="14" t="s">
-        <v>54</v>
+      <c r="E42" s="34" t="s">
+        <v>19</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="H42" s="26"/>
       <c r="I42" s="26"/>
       <c r="K42" s="6" t="s">
-        <v>121</v>
+        <v>146</v>
       </c>
       <c r="L42" s="7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="43" spans="5:12" x14ac:dyDescent="0.25">
       <c r="E43" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="L43" s="7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="44" spans="5:12" x14ac:dyDescent="0.25">
+      <c r="E44" s="14" t="s">
         <v>80</v>
       </c>
-      <c r="F43" s="7" t="s">
-[...13 lines deleted...]
-      <c r="F44" s="19" t="s">
+      <c r="F44" s="7" t="s">
         <v>90</v>
       </c>
       <c r="K44" s="34" t="s">
         <v>72</v>
       </c>
       <c r="L44" s="7" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="45" spans="5:12" x14ac:dyDescent="0.25">
+    <row r="45" spans="5:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E45" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="F45" s="19" t="s">
+        <v>90</v>
+      </c>
       <c r="K45" s="34" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="7" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="46" spans="5:12" x14ac:dyDescent="0.25">
       <c r="K46" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L46" s="7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="47" spans="5:12" x14ac:dyDescent="0.25">
       <c r="K47" s="6" t="s">
         <v>123</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="48" spans="5:12" x14ac:dyDescent="0.25">
       <c r="K48" s="6" t="s">
@@ -2170,71 +2179,71 @@
       </c>
       <c r="C58" s="28">
         <v>46072</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>134</v>
       </c>
       <c r="L58" s="7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="59" spans="2:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B59" s="29">
         <v>46083</v>
       </c>
       <c r="C59" s="28">
         <v>46084</v>
       </c>
       <c r="K59" s="9" t="s">
         <v>112</v>
       </c>
       <c r="L59" s="19" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="60" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B60" s="29">
         <v>46097</v>
       </c>
       <c r="C60" s="28">
         <v>46098</v>
       </c>
-      <c r="E60" s="30"/>
     </row>
     <row r="61" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B61" s="29">
         <v>46113</v>
       </c>
       <c r="C61" s="28">
         <v>46118</v>
       </c>
-      <c r="E61" s="39"/>
-[...1 lines deleted...]
-    <row r="62" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="E61" s="30"/>
+    </row>
+    <row r="62" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B62" s="29"/>
       <c r="C62" s="28"/>
+      <c r="E62" s="39"/>
     </row>
     <row r="64" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B64" s="41" t="s">
         <v>140</v>
       </c>
       <c r="C64" s="41"/>
     </row>
     <row r="65" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
         <v>141</v>
       </c>
       <c r="C65" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="66" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
         <v>152</v>
       </c>
       <c r="C66" s="38">
         <v>46055</v>
       </c>
     </row>
     <row r="67" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B67" t="s">